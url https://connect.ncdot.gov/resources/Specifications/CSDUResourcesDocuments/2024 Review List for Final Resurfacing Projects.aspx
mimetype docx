--- v0 (2026-02-08)
+++ v1 (2026-03-14)
@@ -18258,51 +18258,51 @@
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072984ED54992B14D9B68801BEDC5BD37" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="97736b9793e009f944dc68b09e4c69fe">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010072984ED54992B14D9B68801BEDC5BD37" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a560a0452cd95b03f0a608a2fce8e4eb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="16f00c2e-ac5c-418b-9f13-a0771dbd417d" xmlns:ns3="d0569121-d2e8-4846-b5bf-33476a59d3c0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="db817f7351b0f0d4ab3bfc5f6fa1cb4b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:import namespace="d0569121-d2e8-4846-b5bf-33476a59d3c0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Category" minOccurs="0"/>
                 <xsd:element ref="ns3:Description0" minOccurs="0"/>
                 <xsd:element ref="ns3:Date" minOccurs="0"/>
                 <xsd:element ref="ns3:Revisions_x0020_Content_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:Year" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -18518,51 +18518,51 @@
     <Year xmlns="d0569121-d2e8-4846-b5bf-33476a59d3c0">2024</Year>
     <Revisions_x0020_Content_x0020_Type xmlns="d0569121-d2e8-4846-b5bf-33476a59d3c0">Review List</Revisions_x0020_Content_x0020_Type>
     <Date xmlns="d0569121-d2e8-4846-b5bf-33476a59d3c0" xsi:nil="true"/>
     <Description0 xmlns="d0569121-d2e8-4846-b5bf-33476a59d3c0">2024 Review List for Final Resurfacing Projects</Description0>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AEEDA9C-C644-4C16-9ED2-F6B4419EACCE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8DB8DA1-EF23-4225-A1FA-0762A98CEBC9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A547C71-2DF3-48EB-84ED-DAD430AC4DAC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EAD70E0-69CA-4463-9EC0-12689563FE82}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88663531-4A34-42F2-BDC9-89C8616A20D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{029BAE88-4050-44C4-8FD7-969C957C1E19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <ds:schemaRef ds:uri="d0569121-d2e8-4846-b5bf-33476a59d3c0"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>